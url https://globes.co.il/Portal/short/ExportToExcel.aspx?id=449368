--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8de33c1742b04c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/52aff45b31e84abb99ede79a7da67f75.psmdcp" Id="Re061402fbbc44968" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7313c8bb6d0a4119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95a22659e5c844f689491cddd7a1d5e1.psmdcp" Id="Rd1ba013e34e34303" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
   <x:si>
     <x:t>כלל הון אגח  יג</x:t>
   </x:si>
@@ -467,51 +467,51 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table3.xml" Id="rId11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table4.xml" Id="rId12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:A2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:1">
       <x:c r="A1" s="1">
-        <x:v>46236.0416666667</x:v>
+        <x:v>46236.0833333333</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:1">
       <x:c r="A2" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>