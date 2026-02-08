--- v1 (2026-02-08)
+++ v2 (2026-02-08)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7313c8bb6d0a4119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95a22659e5c844f689491cddd7a1d5e1.psmdcp" Id="Rd1ba013e34e34303" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cf3c642805d427e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b6d3bb8cef374e7a993a318a439a4a00.psmdcp" Id="Rcba6025c618f47bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
   <x:si>
     <x:t>כלל הון אגח  יג</x:t>
   </x:si>
@@ -467,51 +467,51 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table3.xml" Id="rId11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table4.xml" Id="rId12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:A2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:1">
       <x:c r="A1" s="1">
-        <x:v>46236.0833333333</x:v>
+        <x:v>46236.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:1">
       <x:c r="A2" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>